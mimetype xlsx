--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -1,87 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vperez\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Area Comuna\AA-ORGANITZACIO\4-GOVERNANÇA\infoparticipa\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6772F4DF-9EC5-42AF-9904-47446911D323}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{974109CB-513A-4D67-A375-D765F62F279A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2020" sheetId="2" r:id="rId1"/>
     <sheet name="2021" sheetId="1" r:id="rId2"/>
     <sheet name="2022" sheetId="3" r:id="rId3"/>
     <sheet name="2023" sheetId="4" r:id="rId4"/>
     <sheet name="2024" sheetId="5" r:id="rId5"/>
+    <sheet name="2025" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'2022'!$A$1:$F$139</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'2023'!$A$1:$E$145</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E145" i="6" l="1"/>
+  <c r="E144" i="6"/>
+  <c r="E143" i="6"/>
+  <c r="E142" i="6"/>
+  <c r="E141" i="6"/>
+  <c r="E140" i="6"/>
+  <c r="E139" i="6"/>
+  <c r="E138" i="6"/>
+  <c r="E137" i="6"/>
+  <c r="E136" i="6"/>
+  <c r="E135" i="6"/>
+  <c r="E134" i="6"/>
+  <c r="E133" i="6"/>
+  <c r="E132" i="6"/>
+  <c r="E131" i="6"/>
+  <c r="E130" i="6"/>
+  <c r="E129" i="6"/>
+  <c r="E128" i="6"/>
+  <c r="E127" i="6"/>
+  <c r="E126" i="6"/>
+  <c r="E125" i="6"/>
+  <c r="E124" i="6"/>
+  <c r="E123" i="6"/>
+  <c r="E122" i="6"/>
+  <c r="E121" i="6"/>
+  <c r="E120" i="6"/>
+  <c r="E119" i="6"/>
+  <c r="E118" i="6"/>
+  <c r="E117" i="6"/>
+  <c r="E116" i="6"/>
+  <c r="E115" i="6"/>
+  <c r="E114" i="6"/>
+  <c r="E113" i="6"/>
+  <c r="E112" i="6"/>
+  <c r="E111" i="6"/>
+  <c r="E110" i="6"/>
+  <c r="E109" i="6"/>
+  <c r="E108" i="6"/>
+  <c r="E107" i="6"/>
+  <c r="E106" i="6"/>
+  <c r="E105" i="6"/>
+  <c r="E104" i="6"/>
+  <c r="E103" i="6"/>
+  <c r="E102" i="6"/>
+  <c r="E101" i="6"/>
+  <c r="E100" i="6"/>
+  <c r="E99" i="6"/>
+  <c r="E98" i="6"/>
+  <c r="E97" i="6"/>
+  <c r="E96" i="6"/>
+  <c r="E95" i="6"/>
+  <c r="E94" i="6"/>
+  <c r="E93" i="6"/>
+  <c r="E92" i="6"/>
+  <c r="E91" i="6"/>
+  <c r="E90" i="6"/>
+  <c r="E89" i="6"/>
+  <c r="E88" i="6"/>
+  <c r="E87" i="6"/>
+  <c r="E86" i="6"/>
+  <c r="E85" i="6"/>
+  <c r="E84" i="6"/>
+  <c r="E83" i="6"/>
+  <c r="E82" i="6"/>
+  <c r="E81" i="6"/>
+  <c r="E80" i="6"/>
+  <c r="E79" i="6"/>
+  <c r="E78" i="6"/>
+  <c r="E77" i="6"/>
+  <c r="E76" i="6"/>
+  <c r="E75" i="6"/>
+  <c r="E74" i="6"/>
+  <c r="E73" i="6"/>
+  <c r="E72" i="6"/>
+  <c r="E71" i="6"/>
+  <c r="E70" i="6"/>
+  <c r="E69" i="6"/>
+  <c r="E68" i="6"/>
+  <c r="E67" i="6"/>
+  <c r="E66" i="6"/>
+  <c r="E65" i="6"/>
+  <c r="E64" i="6"/>
+  <c r="E63" i="6"/>
+  <c r="E62" i="6"/>
+  <c r="E61" i="6"/>
+  <c r="E60" i="6"/>
+  <c r="E59" i="6"/>
+  <c r="E58" i="6"/>
+  <c r="E57" i="6"/>
+  <c r="E56" i="6"/>
+  <c r="E55" i="6"/>
+  <c r="E54" i="6"/>
+  <c r="E53" i="6"/>
+  <c r="E52" i="6"/>
+  <c r="E51" i="6"/>
+  <c r="E50" i="6"/>
+  <c r="E49" i="6"/>
+  <c r="E48" i="6"/>
+  <c r="E47" i="6"/>
+  <c r="E46" i="6"/>
+  <c r="E45" i="6"/>
+  <c r="E44" i="6"/>
+  <c r="E43" i="6"/>
+  <c r="E42" i="6"/>
+  <c r="E41" i="6"/>
+  <c r="E40" i="6"/>
+  <c r="E39" i="6"/>
+  <c r="E38" i="6"/>
+  <c r="E37" i="6"/>
+  <c r="E36" i="6"/>
+  <c r="E35" i="6"/>
+  <c r="E34" i="6"/>
+  <c r="E33" i="6"/>
+  <c r="E32" i="6"/>
+  <c r="E31" i="6"/>
+  <c r="E30" i="6"/>
+  <c r="E29" i="6"/>
+  <c r="E28" i="6"/>
+  <c r="E27" i="6"/>
+  <c r="E26" i="6"/>
+  <c r="E25" i="6"/>
+  <c r="E24" i="6"/>
+  <c r="E23" i="6"/>
+  <c r="E22" i="6"/>
+  <c r="E21" i="6"/>
+  <c r="E20" i="6"/>
+  <c r="E19" i="6"/>
+  <c r="E18" i="6"/>
+  <c r="E17" i="6"/>
+  <c r="E16" i="6"/>
+  <c r="E15" i="6"/>
+  <c r="E14" i="6"/>
+  <c r="E13" i="6"/>
+  <c r="E12" i="6"/>
+  <c r="E11" i="6"/>
+  <c r="E10" i="6"/>
+  <c r="E9" i="6"/>
+  <c r="E8" i="6"/>
+  <c r="E7" i="6"/>
+  <c r="E6" i="6"/>
+  <c r="E5" i="6"/>
+  <c r="E4" i="6"/>
+  <c r="E3" i="6"/>
+  <c r="E2" i="6"/>
   <c r="E145" i="5" l="1"/>
   <c r="E144" i="5"/>
   <c r="E143" i="5"/>
   <c r="E142" i="5"/>
   <c r="E141" i="5"/>
   <c r="E140" i="5"/>
   <c r="E139" i="5"/>
   <c r="E138" i="5"/>
   <c r="E137" i="5"/>
   <c r="E136" i="5"/>
   <c r="E135" i="5"/>
   <c r="E134" i="5"/>
   <c r="E133" i="5"/>
   <c r="E132" i="5"/>
   <c r="E131" i="5"/>
   <c r="E130" i="5"/>
   <c r="E129" i="5"/>
   <c r="E128" i="5"/>
   <c r="E127" i="5"/>
   <c r="E126" i="5"/>
   <c r="E125" i="5"/>
   <c r="E124" i="5"/>
   <c r="E123" i="5"/>
   <c r="E122" i="5"/>
   <c r="E121" i="5"/>
@@ -776,51 +922,51 @@
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>ADMINISTRATOR</author>
   </authors>
   <commentList>
     <comment ref="A122" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>AMORTITZACIÓ??</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="889" uniqueCount="235">
   <si>
     <t>CATEGIORIA</t>
   </si>
   <si>
     <t>SALARI BASE</t>
   </si>
   <si>
     <t>QUANTITAT
 DE COMPLEMENT 
 DE DESTÍ</t>
   </si>
   <si>
     <t>QUANTITAT
 DE COMPLEMENT
 ESPECIFIC</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>SECRETARI/A</t>
   </si>
   <si>
     <t>INTERVENTOR/A</t>
   </si>
@@ -1752,51 +1898,51 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13809,52 +13955,52 @@
       </c>
       <c r="B145" s="46">
         <v>11538.74</v>
       </c>
       <c r="C145" s="46">
         <v>6452.04</v>
       </c>
       <c r="D145" s="46">
         <v>14614.6</v>
       </c>
       <c r="E145" s="53">
         <f t="shared" si="2"/>
         <v>32605.379999999997</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E145" xr:uid="{00000000-0009-0000-0000-000003000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D34CF26-7473-451D-9EF3-F0DCC53E99E3}">
   <dimension ref="A1:E145"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I5" sqref="I5"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42" style="49" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="49"/>
     <col min="3" max="3" width="19.85546875" style="49" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="49" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="49"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="39" x14ac:dyDescent="0.25">
       <c r="A1" s="50" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="51" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="52" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="52" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="52" t="s">
@@ -16173,51 +16319,2680 @@
       <c r="C130" s="46">
         <v>11410.56</v>
       </c>
       <c r="D130" s="46">
         <v>21437.22</v>
       </c>
       <c r="E130" s="53">
         <f t="shared" si="1"/>
         <v>49980.72</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="47" t="s">
         <v>12</v>
       </c>
       <c r="B131" s="46">
         <v>11538.74</v>
       </c>
       <c r="C131" s="46">
         <v>6452.04</v>
       </c>
       <c r="D131" s="48">
         <v>24348.1</v>
       </c>
       <c r="E131" s="53">
-        <f t="shared" ref="E131:E155" si="2">B131+C131+D131</f>
+        <f t="shared" ref="E131:E145" si="2">B131+C131+D131</f>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132" s="47" t="s">
+        <v>225</v>
+      </c>
+      <c r="B132" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C132" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D132" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E132" s="53">
+        <f t="shared" si="2"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133" s="45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B133" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C133" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D133" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E133" s="53">
+        <f t="shared" si="2"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A134" s="45" t="s">
+        <v>227</v>
+      </c>
+      <c r="B134" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C134" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D134" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E134" s="53">
+        <f t="shared" si="2"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135" s="45" t="s">
+        <v>91</v>
+      </c>
+      <c r="B135" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C135" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D135" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E135" s="53">
+        <f t="shared" si="2"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A136" s="47" t="s">
+        <v>228</v>
+      </c>
+      <c r="B136" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C136" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D136" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E136" s="53">
+        <f t="shared" si="2"/>
+        <v>46960</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137" s="45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B137" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C137" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D137" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E137" s="53">
+        <f t="shared" si="2"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A138" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="B138" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C138" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D138" s="46">
+        <v>15073.38</v>
+      </c>
+      <c r="E138" s="53">
+        <f t="shared" si="2"/>
+        <v>27553.68</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A139" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="B139" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C139" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D139" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E139" s="53">
+        <f t="shared" si="2"/>
+        <v>26216.12</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="B140" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C140" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D140" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E140" s="53">
+        <f t="shared" si="2"/>
+        <v>26216.12</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141" s="45" t="s">
+        <v>26</v>
+      </c>
+      <c r="B141" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C141" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D141" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E141" s="53">
+        <f t="shared" si="2"/>
+        <v>26216.12</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="B142" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C142" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D142" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E142" s="53">
+        <f t="shared" si="2"/>
+        <v>46960</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143" s="47" t="s">
+        <v>229</v>
+      </c>
+      <c r="B143" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C143" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D143" s="46">
+        <v>21437.22</v>
+      </c>
+      <c r="E143" s="53">
+        <f t="shared" si="2"/>
+        <v>49980.72</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144" s="45" t="s">
+        <v>9</v>
+      </c>
+      <c r="B144" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C144" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D144" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E144" s="53">
+        <f t="shared" si="2"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145" s="45" t="s">
+        <v>171</v>
+      </c>
+      <c r="B145" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C145" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D145" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E145" s="53">
+        <f t="shared" si="2"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD75E7C5-3609-4823-91B6-84AC2FA1E905}">
+  <dimension ref="A1:E145"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="L33" sqref="L33"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="42" style="49" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="49"/>
+    <col min="3" max="3" width="24.28515625" style="49" customWidth="1"/>
+    <col min="4" max="4" width="23.28515625" style="49" customWidth="1"/>
+    <col min="5" max="16384" width="11.42578125" style="49"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="39" x14ac:dyDescent="0.25">
+      <c r="A1" s="50" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="52" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="52" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="52" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="45" t="s">
+        <v>173</v>
+      </c>
+      <c r="B2" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C2" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D2" s="46">
+        <v>17214.259999999998</v>
+      </c>
+      <c r="E2" s="53">
+        <f>B2+C2+D2</f>
+        <v>35205.039999999994</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C3" s="46">
+        <v>15831.62</v>
+      </c>
+      <c r="D3" s="46">
+        <v>32321.1</v>
+      </c>
+      <c r="E3" s="53">
+        <f t="shared" ref="E3:E66" si="0">B3+C3+D3</f>
+        <v>65285.659999999996</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" s="45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C4" s="46">
+        <v>15831.62</v>
+      </c>
+      <c r="D4" s="46">
+        <v>59495.1</v>
+      </c>
+      <c r="E4" s="53">
+        <f t="shared" si="0"/>
+        <v>92459.66</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C5" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D5" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E5" s="53">
+        <f t="shared" si="0"/>
+        <v>41468.86</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C6" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D6" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E6" s="53">
+        <f t="shared" si="0"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="45" t="s">
+        <v>175</v>
+      </c>
+      <c r="B7" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C7" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D7" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E7" s="53">
+        <f t="shared" si="0"/>
+        <v>55721.279999999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
+        <v>176</v>
+      </c>
+      <c r="B8" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C8" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D8" s="46">
+        <v>21437.22</v>
+      </c>
+      <c r="E8" s="53">
+        <f t="shared" si="0"/>
+        <v>49980.72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="45" t="s">
+        <v>177</v>
+      </c>
+      <c r="B9" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C9" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D9" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E9" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B10" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C10" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D10" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E10" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="47" t="s">
+        <v>179</v>
+      </c>
+      <c r="B11" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C11" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D11" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E11" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="47" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C12" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D12" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E12" s="53">
+        <f t="shared" si="0"/>
+        <v>55721.279999999999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="45" t="s">
+        <v>180</v>
+      </c>
+      <c r="B13" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C13" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D13" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E13" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B14" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C14" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D14" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E14" s="53">
+        <f t="shared" si="0"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="45" t="s">
+        <v>182</v>
+      </c>
+      <c r="B15" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C15" s="46">
+        <v>13603.88</v>
+      </c>
+      <c r="D15" s="46">
+        <v>33178.32</v>
+      </c>
+      <c r="E15" s="53">
+        <f t="shared" si="0"/>
+        <v>63915.14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B16" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C16" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D16" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E16" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C17" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D17" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E17" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C18" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D18" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E18" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="47" t="s">
+        <v>184</v>
+      </c>
+      <c r="B19" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C19" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D19" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E19" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C20" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D20" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E20" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="45" t="s">
+        <v>185</v>
+      </c>
+      <c r="B21" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C21" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D21" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E21" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A22" s="45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B22" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C22" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D22" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E22" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A23" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C23" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D23" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E23" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A24" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C24" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D24" s="46">
+        <v>14448.56</v>
+      </c>
+      <c r="E24" s="53">
+        <f t="shared" si="0"/>
+        <v>28846.46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C25" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D25" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E25" s="53">
+        <f t="shared" si="0"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C26" s="46">
+        <v>9523.2999999999993</v>
+      </c>
+      <c r="D26" s="46">
+        <v>31540.18</v>
+      </c>
+      <c r="E26" s="53">
+        <f t="shared" si="0"/>
+        <v>56489.32</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="45" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C27" s="46">
+        <v>7735.84</v>
+      </c>
+      <c r="D27" s="46">
+        <v>32321.1</v>
+      </c>
+      <c r="E27" s="53">
+        <f t="shared" si="0"/>
+        <v>51595.68</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="B28" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C28" s="46">
+        <v>7735.84</v>
+      </c>
+      <c r="D28" s="46">
+        <v>25680.2</v>
+      </c>
+      <c r="E28" s="53">
+        <f t="shared" si="0"/>
+        <v>44954.78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C29" s="46">
+        <v>6819.12</v>
+      </c>
+      <c r="D29" s="46">
+        <v>22219.82</v>
+      </c>
+      <c r="E29" s="53">
+        <f t="shared" si="0"/>
+        <v>40577.68</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C30" s="46">
+        <v>5718.86</v>
+      </c>
+      <c r="D30" s="46">
+        <v>19455.240000000002</v>
+      </c>
+      <c r="E30" s="53">
+        <f t="shared" si="0"/>
+        <v>36712.839999999997</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C31" s="46">
+        <v>5718.86</v>
+      </c>
+      <c r="D31" s="46">
+        <v>19455.240000000002</v>
+      </c>
+      <c r="E31" s="53">
+        <f t="shared" si="0"/>
+        <v>36712.839999999997</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="45" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C32" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D32" s="46">
+        <v>35370.58</v>
+      </c>
+      <c r="E32" s="53">
+        <f t="shared" si="0"/>
+        <v>62206.98</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="45" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C33" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D33" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E33" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="47" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C34" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D34" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E34" s="53">
+        <f t="shared" si="0"/>
+        <v>46960</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C35" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D35" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E35" s="53">
+        <f t="shared" si="0"/>
+        <v>41468.86</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="B36" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C36" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D36" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E36" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="B37" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C37" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D37" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E37" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="B38" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C38" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D38" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E38" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="45" t="s">
+        <v>140</v>
+      </c>
+      <c r="B39" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C39" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D39" s="46">
+        <v>17214.259999999998</v>
+      </c>
+      <c r="E39" s="53">
+        <f t="shared" si="0"/>
+        <v>35205.039999999994</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="45" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C40" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D40" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E40" s="53">
+        <f t="shared" si="0"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="45" t="s">
+        <v>191</v>
+      </c>
+      <c r="B41" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C41" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D41" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E41" s="53">
+        <f t="shared" si="0"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B42" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C42" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D42" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E42" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="45" t="s">
+        <v>140</v>
+      </c>
+      <c r="B43" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C43" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D43" s="46">
+        <v>22275.62</v>
+      </c>
+      <c r="E43" s="53">
+        <f t="shared" si="0"/>
+        <v>40266.399999999994</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C44" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D44" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E44" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A45" s="45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C45" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D45" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E45" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="45" t="s">
+        <v>49</v>
+      </c>
+      <c r="B46" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C46" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D46" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E46" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="45" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C47" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D47" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E47" s="53">
+        <f t="shared" si="0"/>
+        <v>26216.12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="45" t="s">
+        <v>50</v>
+      </c>
+      <c r="B48" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C48" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D48" s="46">
+        <v>22366.37</v>
+      </c>
+      <c r="E48" s="53">
+        <f t="shared" si="0"/>
+        <v>44978.270000000004</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="45" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C49" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D49" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E49" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="45" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C50" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D50" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E50" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="45" t="s">
+        <v>51</v>
+      </c>
+      <c r="B51" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C51" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D51" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E51" s="53">
+        <f t="shared" si="0"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A52" s="45" t="s">
+        <v>196</v>
+      </c>
+      <c r="B52" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C52" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D52" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E52" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A53" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="B53" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C53" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D53" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E53" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="45" t="s">
+        <v>197</v>
+      </c>
+      <c r="B54" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C54" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D54" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E54" s="53">
+        <f t="shared" si="0"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="45" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C55" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D55" s="46">
+        <v>21569.66</v>
+      </c>
+      <c r="E55" s="53">
+        <f t="shared" si="0"/>
+        <v>45888.66</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A56" s="45" t="s">
+        <v>198</v>
+      </c>
+      <c r="B56" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C56" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D56" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E56" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A57" s="45" t="s">
+        <v>199</v>
+      </c>
+      <c r="B57" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C57" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D57" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E57" s="53">
+        <f t="shared" si="0"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A58" s="45" t="s">
+        <v>200</v>
+      </c>
+      <c r="B58" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C58" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D58" s="46">
+        <v>14448.56</v>
+      </c>
+      <c r="E58" s="53">
+        <f t="shared" si="0"/>
+        <v>28846.46</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A59" s="45" t="s">
+        <v>201</v>
+      </c>
+      <c r="B59" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C59" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D59" s="46">
+        <v>10822.7</v>
+      </c>
+      <c r="E59" s="53">
+        <f t="shared" si="0"/>
+        <v>28813.48</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="45" t="s">
+        <v>202</v>
+      </c>
+      <c r="B60" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C60" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D60" s="46">
+        <v>12367.18</v>
+      </c>
+      <c r="E60" s="53">
+        <f t="shared" si="0"/>
+        <v>30357.96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A61" s="47" t="s">
+        <v>54</v>
+      </c>
+      <c r="B61" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C61" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D61" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E61" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B62" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C62" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D62" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E62" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="47" t="s">
+        <v>204</v>
+      </c>
+      <c r="B63" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C63" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D63" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E63" s="53">
+        <f t="shared" si="0"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A64" s="45" t="s">
+        <v>55</v>
+      </c>
+      <c r="B64" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C64" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D64" s="46">
+        <v>14824.6</v>
+      </c>
+      <c r="E64" s="53">
+        <f t="shared" si="0"/>
+        <v>32815.379999999997</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="45" t="s">
+        <v>56</v>
+      </c>
+      <c r="B65" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C65" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D65" s="46">
+        <v>9244.34</v>
+      </c>
+      <c r="E65" s="53">
+        <f t="shared" si="0"/>
+        <v>23642.239999999998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="45" t="s">
+        <v>57</v>
+      </c>
+      <c r="B66" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C66" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D66" s="46">
+        <v>13619.76</v>
+      </c>
+      <c r="E66" s="53">
+        <f t="shared" si="0"/>
+        <v>31610.54</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="B67" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C67" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D67" s="46">
+        <v>16607.080000000002</v>
+      </c>
+      <c r="E67" s="53">
+        <f t="shared" ref="E67:E130" si="1">B67+C67+D67</f>
+        <v>34597.86</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="B68" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C68" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D68" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E68" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="B69" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C69" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D69" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E69" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A70" s="45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B70" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C70" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D70" s="46">
+        <v>6490.12</v>
+      </c>
+      <c r="E70" s="53">
+        <f t="shared" si="1"/>
+        <v>24480.899999999998</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="B71" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C71" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D71" s="46">
+        <v>9959.8799999999992</v>
+      </c>
+      <c r="E71" s="53">
+        <f t="shared" si="1"/>
+        <v>27950.659999999996</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="45" t="s">
+        <v>63</v>
+      </c>
+      <c r="B72" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C72" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D72" s="46">
+        <v>12298.72</v>
+      </c>
+      <c r="E72" s="53">
+        <f t="shared" si="1"/>
+        <v>26696.62</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A73" s="45" t="s">
+        <v>64</v>
+      </c>
+      <c r="B73" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C73" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D73" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E73" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A74" s="45" t="s">
+        <v>66</v>
+      </c>
+      <c r="B74" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C74" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D74" s="46">
+        <v>3100.02</v>
+      </c>
+      <c r="E74" s="53">
+        <f t="shared" si="1"/>
+        <v>17497.919999999998</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A75" s="45" t="s">
+        <v>205</v>
+      </c>
+      <c r="B75" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C75" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D75" s="46">
+        <v>1537.06</v>
+      </c>
+      <c r="E75" s="53">
+        <f t="shared" si="1"/>
+        <v>15934.96</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A76" s="47" t="s">
+        <v>206</v>
+      </c>
+      <c r="B76" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C76" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D76" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E76" s="53">
+        <f t="shared" si="1"/>
+        <v>46960</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A77" s="45" t="s">
+        <v>148</v>
+      </c>
+      <c r="B77" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C77" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D77" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E77" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" s="45" t="s">
+        <v>67</v>
+      </c>
+      <c r="B78" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C78" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D78" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E78" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B79" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C79" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D79" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E79" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A80" s="47" t="s">
+        <v>207</v>
+      </c>
+      <c r="B80" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C80" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D80" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E80" s="53">
+        <f t="shared" si="1"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A81" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="B81" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C81" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D81" s="46">
+        <v>18639.04</v>
+      </c>
+      <c r="E81" s="53">
+        <f t="shared" si="1"/>
+        <v>36629.82</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A82" s="45" t="s">
+        <v>70</v>
+      </c>
+      <c r="B82" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C82" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D82" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E82" s="53">
+        <f t="shared" si="1"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A83" s="45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B83" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C83" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D83" s="46">
+        <v>6731.76</v>
+      </c>
+      <c r="E83" s="53">
+        <f t="shared" si="1"/>
+        <v>21129.66</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A84" s="45" t="s">
+        <v>72</v>
+      </c>
+      <c r="B84" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C84" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D84" s="46">
+        <v>13974.52</v>
+      </c>
+      <c r="E84" s="53">
+        <f t="shared" si="1"/>
+        <v>28372.42</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" s="45" t="s">
+        <v>208</v>
+      </c>
+      <c r="B85" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C85" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D85" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E85" s="53">
+        <f t="shared" si="1"/>
+        <v>27316.519999999997</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" s="45" t="s">
+        <v>209</v>
+      </c>
+      <c r="B86" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C86" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D86" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E86" s="53">
+        <f t="shared" si="1"/>
+        <v>27316.519999999997</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A87" s="45" t="s">
+        <v>73</v>
+      </c>
+      <c r="B87" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C87" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D87" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E87" s="53">
+        <f t="shared" si="1"/>
+        <v>27316.519999999997</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A88" s="45" t="s">
+        <v>210</v>
+      </c>
+      <c r="B88" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C88" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D88" s="46">
+        <v>35370.58</v>
+      </c>
+      <c r="E88" s="53">
+        <f t="shared" si="1"/>
+        <v>62206.98</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" s="45" t="s">
+        <v>211</v>
+      </c>
+      <c r="B89" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C89" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D89" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E89" s="53">
+        <f t="shared" si="1"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A90" s="45" t="s">
+        <v>212</v>
+      </c>
+      <c r="B90" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C90" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D90" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E90" s="53">
+        <f t="shared" si="1"/>
+        <v>54014.18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A91" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="B91" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C91" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D91" s="46">
+        <v>21569.66</v>
+      </c>
+      <c r="E91" s="53">
+        <f t="shared" si="1"/>
+        <v>45888.66</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A92" s="45" t="s">
+        <v>213</v>
+      </c>
+      <c r="B92" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C92" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D92" s="46">
+        <v>21437.22</v>
+      </c>
+      <c r="E92" s="53">
+        <f t="shared" si="1"/>
+        <v>49980.72</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A93" s="45" t="s">
+        <v>214</v>
+      </c>
+      <c r="B93" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C93" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D93" s="46">
+        <v>21569.66</v>
+      </c>
+      <c r="E93" s="53">
+        <f t="shared" si="1"/>
+        <v>45888.66</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A94" s="45" t="s">
+        <v>215</v>
+      </c>
+      <c r="B94" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C94" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D94" s="46">
+        <v>21569.66</v>
+      </c>
+      <c r="E94" s="53">
+        <f t="shared" si="1"/>
+        <v>45888.66</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A95" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B95" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C95" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D95" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E95" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A96" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="B96" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C96" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D96" s="46">
+        <v>21569.66</v>
+      </c>
+      <c r="E96" s="53">
+        <f t="shared" si="1"/>
+        <v>50113.16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A97" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B97" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C97" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D97" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E97" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A98" s="45" t="s">
+        <v>216</v>
+      </c>
+      <c r="B98" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C98" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D98" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E98" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A99" s="45" t="s">
+        <v>75</v>
+      </c>
+      <c r="B99" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C99" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D99" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E99" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A100" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B100" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C100" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D100" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E100" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A101" s="47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C101" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D101" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E101" s="53">
+        <f t="shared" si="1"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A102" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B102" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C102" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D102" s="46">
+        <v>14614.6</v>
+      </c>
+      <c r="E102" s="53">
+        <f t="shared" si="1"/>
+        <v>32605.379999999997</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A103" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="B103" s="54"/>
+      <c r="C103" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D103" s="46">
+        <v>29068.76</v>
+      </c>
+      <c r="E103" s="53">
+        <f t="shared" si="1"/>
+        <v>35520.799999999996</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A104" s="45" t="s">
+        <v>77</v>
+      </c>
+      <c r="B104" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C104" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D104" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E104" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A105" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="B105" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C105" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D105" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E105" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A106" s="45" t="s">
+        <v>79</v>
+      </c>
+      <c r="B106" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C106" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D106" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E106" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A107" s="45" t="s">
+        <v>80</v>
+      </c>
+      <c r="B107" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C107" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D107" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E107" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A108" s="45" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C108" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D108" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E108" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A109" s="45" t="s">
+        <v>81</v>
+      </c>
+      <c r="B109" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C109" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D109" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E109" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A110" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="B110" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C110" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D110" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E110" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A111" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="B111" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C111" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D111" s="46">
+        <v>13160.84</v>
+      </c>
+      <c r="E111" s="53">
+        <f t="shared" si="1"/>
+        <v>27558.739999999998</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A112" s="45" t="s">
+        <v>84</v>
+      </c>
+      <c r="B112" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C112" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D112" s="46">
+        <v>13160.84</v>
+      </c>
+      <c r="E112" s="53">
+        <f t="shared" si="1"/>
+        <v>27558.739999999998</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A113" s="45" t="s">
+        <v>85</v>
+      </c>
+      <c r="B113" s="46">
+        <v>8963.2199999999993</v>
+      </c>
+      <c r="C113" s="46">
+        <v>3517.08</v>
+      </c>
+      <c r="D113" s="46">
+        <v>13735.82</v>
+      </c>
+      <c r="E113" s="53">
+        <f t="shared" si="1"/>
+        <v>26216.12</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A114" s="45" t="s">
+        <v>159</v>
+      </c>
+      <c r="B114" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C114" s="46">
+        <v>5718.86</v>
+      </c>
+      <c r="D114" s="46">
+        <v>18689.16</v>
+      </c>
+      <c r="E114" s="53">
+        <f t="shared" si="1"/>
+        <v>34188.44</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A115" s="45" t="s">
+        <v>86</v>
+      </c>
+      <c r="B115" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C115" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D115" s="46">
+        <v>16354.94</v>
+      </c>
+      <c r="E115" s="53">
+        <f t="shared" si="1"/>
+        <v>30752.84</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A116" s="45" t="s">
+        <v>218</v>
+      </c>
+      <c r="B116" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C116" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D116" s="46">
+        <v>13160.84</v>
+      </c>
+      <c r="E116" s="53">
+        <f t="shared" si="1"/>
+        <v>27558.739999999998</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A117" s="45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B117" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C117" s="46">
+        <v>5718.86</v>
+      </c>
+      <c r="D117" s="46">
+        <v>18689.16</v>
+      </c>
+      <c r="E117" s="53">
+        <f t="shared" si="1"/>
+        <v>34188.44</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A118" s="45" t="s">
+        <v>161</v>
+      </c>
+      <c r="B118" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C118" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D118" s="46">
+        <v>16355.22</v>
+      </c>
+      <c r="E118" s="53">
+        <f t="shared" si="1"/>
+        <v>30753.119999999999</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A119" s="45" t="s">
+        <v>219</v>
+      </c>
+      <c r="B119" s="46">
+        <v>9780.42</v>
+      </c>
+      <c r="C119" s="46">
+        <v>4617.4799999999996</v>
+      </c>
+      <c r="D119" s="46">
+        <v>13160.84</v>
+      </c>
+      <c r="E119" s="53">
+        <f t="shared" si="1"/>
+        <v>27558.739999999998</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A120" s="45" t="s">
+        <v>220</v>
+      </c>
+      <c r="B120" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C120" s="46">
+        <v>13603.88</v>
+      </c>
+      <c r="D120" s="46">
+        <v>33178.32</v>
+      </c>
+      <c r="E120" s="53">
+        <f t="shared" si="1"/>
+        <v>63915.14</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A121" s="45" t="s">
+        <v>6</v>
+      </c>
+      <c r="B121" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C121" s="46">
+        <v>15831.62</v>
+      </c>
+      <c r="D121" s="46">
+        <v>59495.1</v>
+      </c>
+      <c r="E121" s="53">
+        <f t="shared" si="1"/>
+        <v>92459.66</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A122" s="45" t="s">
+        <v>7</v>
+      </c>
+      <c r="B122" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C122" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D122" s="46">
+        <v>42493.08</v>
+      </c>
+      <c r="E122" s="53">
+        <f t="shared" si="1"/>
+        <v>71036.58</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A123" s="45" t="s">
+        <v>162</v>
+      </c>
+      <c r="B123" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C123" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D123" s="46">
+        <v>27177.78</v>
+      </c>
+      <c r="E123" s="53">
+        <f t="shared" si="1"/>
+        <v>55721.279999999999</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A124" s="47" t="s">
+        <v>221</v>
+      </c>
+      <c r="B124" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C124" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D124" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E124" s="53">
+        <f t="shared" si="1"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A125" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="B125" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C125" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D125" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E125" s="53">
+        <f t="shared" si="1"/>
+        <v>42338.879999999997</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A126" s="47" t="s">
+        <v>222</v>
+      </c>
+      <c r="B126" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C126" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D126" s="46">
+        <v>21437.22</v>
+      </c>
+      <c r="E126" s="53">
+        <f t="shared" si="1"/>
+        <v>49980.72</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A127" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="B127" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C127" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D127" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E127" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A128" s="47" t="s">
+        <v>223</v>
+      </c>
+      <c r="B128" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C128" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D128" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E128" s="53">
+        <f t="shared" si="1"/>
+        <v>46960</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A129" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="B129" s="46">
+        <v>15425.84</v>
+      </c>
+      <c r="C129" s="46">
+        <v>7186.06</v>
+      </c>
+      <c r="D129" s="46">
+        <v>17149.86</v>
+      </c>
+      <c r="E129" s="53">
+        <f t="shared" si="1"/>
+        <v>39761.760000000002</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130" s="45" t="s">
+        <v>224</v>
+      </c>
+      <c r="B130" s="46">
+        <v>17132.939999999999</v>
+      </c>
+      <c r="C130" s="46">
+        <v>11410.56</v>
+      </c>
+      <c r="D130" s="46">
+        <v>21437.22</v>
+      </c>
+      <c r="E130" s="53">
+        <f t="shared" si="1"/>
+        <v>49980.72</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A131" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="B131" s="46">
+        <v>11538.74</v>
+      </c>
+      <c r="C131" s="46">
+        <v>6452.04</v>
+      </c>
+      <c r="D131" s="48">
+        <v>24348.1</v>
+      </c>
+      <c r="E131" s="53">
+        <f t="shared" ref="E131:E145" si="2">B131+C131+D131</f>
         <v>42338.879999999997</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="47" t="s">
         <v>225</v>
       </c>
       <c r="B132" s="46">
         <v>15425.84</v>
       </c>
       <c r="C132" s="46">
         <v>7186.06</v>
       </c>
       <c r="D132" s="46">
         <v>17149.86</v>
       </c>
       <c r="E132" s="53">
         <f t="shared" si="2"/>
         <v>39761.760000000002</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="45" t="s">
         <v>226</v>
       </c>
@@ -16445,54 +19220,55 @@
       </c>
       <c r="D145" s="46">
         <v>14614.6</v>
       </c>
       <c r="E145" s="53">
         <f t="shared" si="2"/>
         <v>32605.379999999997</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ajuntament de Ripollet</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>